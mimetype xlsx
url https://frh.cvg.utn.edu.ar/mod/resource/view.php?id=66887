--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -87,54 +87,54 @@
   <si>
     <t xml:space="preserve">Clustering</t>
   </si>
   <si>
     <t xml:space="preserve">Regresiones</t>
   </si>
   <si>
     <t xml:space="preserve">Clasificadores Binarios</t>
   </si>
   <si>
     <t xml:space="preserve">Integración, Repaso</t>
   </si>
   <si>
     <t xml:space="preserve">Examen Parcial</t>
   </si>
   <si>
     <t xml:space="preserve">Presencial</t>
   </si>
   <si>
     <t xml:space="preserve">Aprendizaje Reforzado / Aprendizaje profundo</t>
   </si>
   <si>
     <t xml:space="preserve">ML en Cloud</t>
   </si>
   <si>
+    <t xml:space="preserve">Aprendizaje profundo + Modelos NLP</t>
+  </si>
+  <si>
     <t xml:space="preserve">IA Generativa: Fundamentos y Modelos Avanzados</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">IA Generativa: De ML a la Creación de Contenido</t>
   </si>
   <si>
     <t xml:space="preserve">Presentación de TP Integrador Grupal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="General"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yy"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
@@ -371,51 +371,51 @@
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="110" zoomScaleNormal="110" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="C13" activeCellId="0" sqref="C13"/>
+      <selection pane="topLeft" activeCell="C16" activeCellId="0" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.53515625" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="2" min="1" style="1" width="11.53"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="2" width="44.02"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="false" ht="18.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="4"/>
       <c r="D1" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" customFormat="false" ht="18.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="6" t="s">